--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>fecha_inicio</t>
   </si>
   <si>
     <t>documento_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
-    <t>Las cuentas de 2024 no han sido aprobadas</t>
+    <t>Cuentas Anuales 2024</t>
   </si>
   <si>
     <t>31-12-2024</t>
   </si>
   <si>
     <t>Cuentas anuales 2023</t>
   </si>
   <si>
     <t>31-12-2023</t>
   </si>
   <si>
     <t>Memoria</t>
   </si>
   <si>
     <t>31-12-2022</t>
   </si>
   <si>
     <t>https://transparencia.lapalmaaguas.com/storage/uploads/1749730078Memoria 2022.pdf</t>
   </si>
   <si>
     <t>Remanente de tesoreria</t>
   </si>
   <si>
     <t>31-12-2021</t>
   </si>